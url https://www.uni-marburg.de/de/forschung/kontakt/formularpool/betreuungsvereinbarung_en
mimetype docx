--- v0 (2025-10-08)
+++ v1 (2026-03-04)
@@ -1,2120 +1,2394 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="007D14FB" w:rsidRPr="007D14FB" w:rsidRDefault="00823F99" w:rsidP="007D14FB">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5F62DA3C" w14:textId="2AEAA99A" w:rsidR="00BB6B77" w:rsidRDefault="00AF75A0" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="008B73FC">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07793F75" wp14:editId="51841C0F">
+            <wp:extent cx="2470150" cy="1364615"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="16" name="Grafik 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="8" name="Grafik 7"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2470150" cy="1364615"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5B2AAD" w14:textId="77777777" w:rsidR="00BB6B77" w:rsidRDefault="00BB6B77" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">17.12.2012 </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A812ADB" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MENTORING AGREEMENT </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0855DEB7" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Between </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614DCD13" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">doctoral candidate __________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C12D65" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF726DA" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="360" w:after="480" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1st advisor _____________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9A44A6" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="360" w:after="480" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2nd advisor _____________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02487647" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="360" w:after="480" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(3rd advisor) _____________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30EE350C" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a Mentoring Agreement is hereby being entered upon. This Agreement serves to supervise and support doctoral candidates by making clear the rights and obligations of doctoral candidates and advisors set forth in the most current version of the doctoral studies regulations and the departmental [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>department</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] regulations of the Philipps-Universität Marburg. Official acceptance as a doctoral candidate by the candidate's department is required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D75CA21" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The individual work and living conditions of the doctoral candidates are to be taken into consideration in terms of equal opportunity and the ease of balancing family obligations and a scholarly career. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD82A61" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>With their signatures, Ms./Mr. [doctoral candidate] and [advisors] pledge to adhere to the principles of good scientific practice at the Philipps-Universität Marburg (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.uni-marburg.de/de/universitaet/administration/recht/satzung/fehlverhalten.pdf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DEB5A4" w14:textId="75C59BB2" w:rsidR="007D14FB" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">One copy of the Mentoring Agreement shall remain with the advisors and the doctoral candidate respectively; one copy shall be placed in the doctoral candidate file. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F2E1DE" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRPr="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57EB055B" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. TOPIC </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E39576A" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms./Mr. [doctoral candidate] has been admitted as a doctoral candidate to the [department] of the Philipps-Universität Marburg and will be completing a dissertation with the title: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DB68CF" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045084E0" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20063748" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29837796" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338F7256" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. MENTORING </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2122139A" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A work plan and time schedule for the completion of the planned doctoral project of [doctoral candidate] was discussed with [name of first and, if applicable, additional advisors] and the project was deemed realistic by him/her/them within the proposed timeframe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3356C3ED" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Advisors] and Ms./Mr. [doctoral candidate] pledge to discuss at least once per semester the state of progress and possible difficulties pertaining to the dissertation project. Should the goals outlined in the Mentoring Agreement not be attainable, for example, due to academic or personal reasons, the work plan and time schedule are to be reviewed for possible updates. Substantive changes can be made, with mutual consent, at any time and are to be documented by all parties. The work plan and time schedule are to be included as part of the Mentoring Agreement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A731CB" w14:textId="0E5E6D0E" w:rsidR="007D14FB" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event of a conflict, other advisors or the Chair of the Doctoral Committee of the department [Department], the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MArburg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University Research Academy MARA</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2F1B" w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the ombudsperson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF75A0" w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.uni-marburg.de/de/forschung/kontakt/ombudsperson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) of the Philipps-Universität are also available as contact persons. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578A755F" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRPr="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="032DF24C" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. QUALIFICATION </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B4EDE8" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qualification measures with subject-area related or transferable components, for example within the framework of a structured doctoral program, are recommended. The corresponding agreement is to be included as part of the Mentoring Agreement. The advisors make mention of the services provided by the Graduate Center and MARA and, where applicable, recommend participation in appropriate events. Ms./Mr. [doctoral candidate] declares that he/she is willing and able to participate in appropriate events organized by the Graduate Center and MARA and, where applicable, to assist with conceptual work of the Graduate Centers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C179BC5" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Doctoral candidate ________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BFD824" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>editorially</w:t>
+        <w:t>signed</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00823F99">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> modified </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, city, date) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD3B56B" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1st advisor ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E3A9A1" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>November 2, 2017</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, city, date) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56EF6492" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2nd advisor ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F22223" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, city, date) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C145E2D" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="700"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(3rd advisor) ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746DA66E" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, city, date) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC6375C" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BF0A784" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32F8D01C" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AA7E22A" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="064FF235" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08BA8144" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D96D21B" w14:textId="440B8357" w:rsidR="007D14FB" w:rsidRPr="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appendices </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3AE093" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="007D14FB" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Work plan and time schedule </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738D78FE" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4058F473" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF7CAE4" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54D68A15" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46C94282" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="278A6F1D" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44FB0222" w14:textId="78C1EAF5" w:rsidR="007D14FB" w:rsidRDefault="007D14FB" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440" w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D14FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>WORK PLAN AND TIME SCHEDULE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425FB217" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRPr="007D14FB" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-440" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C8D9DCD" w14:textId="77777777" w:rsidR="007D14FB" w:rsidRPr="007D14FB" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...218 lines deleted...]
-        <w:t xml:space="preserve"> Mentoring Agreement is hereby being entered upon. This Agreement serves to supervise and support doctoral candidates by making clear the rights and obligations of doctoral candidates and advisors set forth in the most current version of the doctoral studies regulations and the departmental [</w:t>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This doctoral degree is expected to be completed at [</w:t>
       </w:r>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...975 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>XX %</w:t>
+      </w:r>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>This doctoral degree is expected to be completed at [</w:t>
-      </w:r>
+        <w:t xml:space="preserve">] of full-time capacity. The individual work and living conditions of the doctoral candidates are to be taken into consideration when developing a work plan and time schedule. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Changes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">] of full-time capacity. The individual work and living conditions of the doctoral candidates are to be taken into consideration when developing a work plan and time schedule. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Changes</w:t>
+        <w:t>should</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>should</w:t>
+        <w:t>be</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>be</w:t>
+        <w:t>made</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>made</w:t>
+        <w:t>as</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>as</w:t>
+        <w:t>needed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D14FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00762DD0" w:rsidRDefault="007D14FB" w:rsidP="007D14FB">
-[...8 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="0FEBBE4E" w14:textId="6C3FE436" w:rsidR="00762DD0" w:rsidRDefault="00762DD0" w:rsidP="007D14FB"/>
     <w:sectPr w:rsidR="00762DD0">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="02E139E7" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7C827F21" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Noto Sans">
+    <w:panose1 w:val="020B0502040504020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000201F" w:usb2="08000029" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-753124411"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="52115D31" w14:textId="138828B6" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0">
+        <w:pPr>
+          <w:pStyle w:val="Fuzeile"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="4A9E2E09" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="06E1BDD7" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7161073A" w14:textId="77777777" w:rsidR="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="52E6B08E" w14:textId="4F60DA06" w:rsidR="00AF75A0" w:rsidRPr="00AF75A0" w:rsidRDefault="00AF75A0" w:rsidP="00AF75A0">
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00AF75A0">
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>17.12.2012 (editorially modified November 2, 2017)</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D14FB"/>
     <w:rsid w:val="00381C4C"/>
     <w:rsid w:val="004B356B"/>
     <w:rsid w:val="00700DA1"/>
     <w:rsid w:val="00762DD0"/>
     <w:rsid w:val="007D14FB"/>
     <w:rsid w:val="00823F99"/>
     <w:rsid w:val="00AA2F1B"/>
+    <w:rsid w:val="00AF75A0"/>
     <w:rsid w:val="00BB6B77"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="62A4795E"/>
+  <w15:docId w15:val="{A880E40D-407C-498D-94AC-C935A882FE39}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="007D14FB"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...165 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KopfzeileZchn"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...23 lines deleted...]
-    <w:rsid w:val="007D14FB"/>
+    <w:rsid w:val="00AF75A0"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
+    <w:name w:val="Kopfzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kopfzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AF75A0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Fuzeile">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="FuzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AF75A0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
+    <w:name w:val="Fußzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Fuzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AF75A0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2360,68 +2634,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>65E21793</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>621</Words>
-  <Characters>3918</Characters>
+  <Words>614</Words>
+  <Characters>3874</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Philipps-Universität Marburg</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4530</CharactersWithSpaces>
+  <CharactersWithSpaces>4480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Holzapfel, Anne</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>